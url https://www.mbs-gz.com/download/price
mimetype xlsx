--- v0 (2025-11-19)
+++ v1 (2026-01-05)
@@ -12,167 +12,170 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>POD</t>
   </si>
   <si>
     <t>20’</t>
   </si>
   <si>
     <t>40’</t>
   </si>
   <si>
     <t>40’HQ</t>
   </si>
   <si>
     <t>VALID DATE</t>
   </si>
   <si>
     <t>REMARK</t>
   </si>
   <si>
     <t>LONG BEACH</t>
   </si>
   <si>
-    <t>USD4100</t>
-[...5 lines deleted...]
-    <t>2025-11-30</t>
+    <t>USD2750</t>
+  </si>
+  <si>
+    <t>USD3300</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
   </si>
   <si>
     <t>CHICAGO</t>
   </si>
   <si>
-    <t>USD3000</t>
-[...2 lines deleted...]
-    <t>USD3900</t>
+    <t>USD4900</t>
+  </si>
+  <si>
+    <t>USD5600</t>
   </si>
   <si>
     <t>HOUSTON</t>
   </si>
   <si>
     <t>USD3200</t>
   </si>
   <si>
+    <t>USD4200</t>
+  </si>
+  <si>
+    <t>Rotterdam</t>
+  </si>
+  <si>
+    <t>USD1850</t>
+  </si>
+  <si>
     <t>USD3500</t>
   </si>
   <si>
-    <t>Rotterdam</t>
+    <t>Jebel Ali</t>
+  </si>
+  <si>
+    <t>USD1750</t>
   </si>
   <si>
     <t>USD2500</t>
   </si>
   <si>
-    <t>USD2800</t>
-[...7 lines deleted...]
-  <si>
     <t>Sohar</t>
   </si>
   <si>
-    <t>USD1900</t>
-[...2 lines deleted...]
-    <t>USD2100</t>
+    <t>USD1700</t>
+  </si>
+  <si>
+    <t>USD2900</t>
   </si>
   <si>
     <t>YANGON</t>
   </si>
   <si>
+    <t>USD1650</t>
+  </si>
+  <si>
+    <t>Chittagong</t>
+  </si>
+  <si>
+    <t>USD2400</t>
+  </si>
+  <si>
+    <t>Nhava Sheva</t>
+  </si>
+  <si>
+    <t>USD1300</t>
+  </si>
+  <si>
+    <t>USD1500</t>
+  </si>
+  <si>
+    <t>Haiphong</t>
+  </si>
+  <si>
+    <t>USD300</t>
+  </si>
+  <si>
+    <t>USD450</t>
+  </si>
+  <si>
+    <t>Laem Chabang</t>
+  </si>
+  <si>
+    <t>USD350</t>
+  </si>
+  <si>
+    <t>USD700</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
     <t>USD900</t>
-  </si>
-[...37 lines deleted...]
-    <t>USD1300</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -594,180 +597,180 @@
       <c r="A5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="1"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="1"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="1"/>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>26</v>
+        <v>7</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>26</v>
+        <v>7</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="1"/>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F9" s="1"/>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F10" s="1"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="1"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="1"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F13" s="1"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>