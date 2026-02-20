--- v1 (2026-01-05)
+++ v2 (2026-02-20)
@@ -35,147 +35,147 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>POD</t>
   </si>
   <si>
     <t>20’</t>
   </si>
   <si>
     <t>40’</t>
   </si>
   <si>
     <t>40’HQ</t>
   </si>
   <si>
     <t>VALID DATE</t>
   </si>
   <si>
     <t>REMARK</t>
   </si>
   <si>
     <t>LONG BEACH</t>
   </si>
   <si>
-    <t>USD2750</t>
-[...5 lines deleted...]
-    <t>2026-01-31</t>
+    <t>USD1850</t>
+  </si>
+  <si>
+    <t>USD2400</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
   </si>
   <si>
     <t>CHICAGO</t>
   </si>
   <si>
+    <t>USD4200</t>
+  </si>
+  <si>
     <t>USD4900</t>
   </si>
   <si>
-    <t>USD5600</t>
-[...1 lines deleted...]
-  <si>
     <t>HOUSTON</t>
   </si>
   <si>
-    <t>USD3200</t>
-[...2 lines deleted...]
-    <t>USD4200</t>
+    <t>USD3100</t>
+  </si>
+  <si>
+    <t>USD4100</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
-    <t>USD1850</t>
-[...2 lines deleted...]
-    <t>USD3500</t>
+    <t>USD1550</t>
+  </si>
+  <si>
+    <t>USD2450</t>
   </si>
   <si>
     <t>Jebel Ali</t>
   </si>
   <si>
-    <t>USD1750</t>
+    <t>USD1600</t>
+  </si>
+  <si>
+    <t>Sohar</t>
+  </si>
+  <si>
+    <t>USD2300</t>
+  </si>
+  <si>
+    <t>YANGON</t>
+  </si>
+  <si>
+    <t>USD1500</t>
   </si>
   <si>
     <t>USD2500</t>
   </si>
   <si>
-    <t>Sohar</t>
-[...13 lines deleted...]
-  <si>
     <t>Chittagong</t>
   </si>
   <si>
-    <t>USD2400</t>
+    <t>USD2200</t>
+  </si>
+  <si>
+    <t>USD3900</t>
   </si>
   <si>
     <t>Nhava Sheva</t>
   </si>
   <si>
-    <t>USD1300</t>
-[...2 lines deleted...]
-    <t>USD1500</t>
+    <t>USD1200</t>
+  </si>
+  <si>
+    <t>USD1400</t>
   </si>
   <si>
     <t>Haiphong</t>
   </si>
   <si>
     <t>USD300</t>
   </si>
   <si>
     <t>USD450</t>
   </si>
   <si>
     <t>Laem Chabang</t>
   </si>
   <si>
-    <t>USD350</t>
-[...2 lines deleted...]
-    <t>USD700</t>
+    <t>USD600</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
-    <t>USD900</t>
+    <t>USD400</t>
+  </si>
+  <si>
+    <t>USD800</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -597,174 +597,174 @@
       <c r="A5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="1"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="1"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="1"/>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" s="1" t="s">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="1"/>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F9" s="1"/>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F10" s="1"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="1"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B12" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="1"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F13" s="1"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>